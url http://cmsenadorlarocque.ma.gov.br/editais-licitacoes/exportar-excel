--- v0 (2025-11-18)
+++ v1 (2026-01-10)
@@ -179,51 +179,51 @@
   <si>
     <t>004/2025</t>
   </si>
   <si>
     <t>33.909,13</t>
   </si>
   <si>
     <t>DISPENSA nº 003/2025</t>
   </si>
   <si>
     <t>003/2025</t>
   </si>
   <si>
     <t>17.663,35</t>
   </si>
   <si>
     <t>DISPENSA nº 002/2025</t>
   </si>
   <si>
     <t>002/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada em tecnologia...</t>
   </si>
   <si>
-    <t>13/02/2023</t>
+    <t>16/02/2025</t>
   </si>
   <si>
     <t>62.679,96</t>
   </si>
   <si>
     <t>DISPENSA nº 001/2025</t>
   </si>
   <si>
     <t>001/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>13/02/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 001/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE</t>
   </si>
   <si>
     <t>Prestação de serviços de Assessoria e Consultoria...</t>
   </si>