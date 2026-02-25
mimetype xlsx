--- v0 (2025-10-17)
+++ v1 (2026-02-25)
@@ -211,193 +211,193 @@
     <t>002/2025</t>
   </si>
   <si>
     <t>SECRETÁRIA
 Contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>001/2025</t>
   </si>
   <si>
     <t>SECRETÁRIA
 Prestação de serviços de Assessoria e Consultoria...</t>
   </si>
   <si>
     <t>CMV BARROS
 20.893.250/0001-05</t>
   </si>
   <si>
     <t>17/01/2025
 120.000,00</t>
   </si>
   <si>
     <t>17/01/2025 a 17/01/2026</t>
   </si>
   <si>
-    <t>006/2023/</t>
+    <t>006/2023</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Contratação de empresa para Locação de licença de...</t>
   </si>
   <si>
     <t>ASP-AUTOMAÇÃO, SERVIÇOS E PRODUTOS DE INFORMÁTICA LTDA
 02.288.268/0001-04</t>
   </si>
   <si>
     <t>10/03/2023
 R$ 12.168,00</t>
   </si>
   <si>
     <t>10/03/2023 a 31/12/2023</t>
   </si>
   <si>
-    <t>005/2023/</t>
+    <t>005/2023</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Contratação de empresa para prestação de serviços...</t>
   </si>
   <si>
     <t>IDL COMÉRCIO E SERVIÇOS LTDA
 28.885.603/0001-37</t>
   </si>
   <si>
     <t>07/03/2023
 R$ 17.453,26</t>
   </si>
   <si>
     <t>07/03/2023 a 31/12/2023</t>
   </si>
   <si>
-    <t>004/2023/</t>
+    <t>004/2023</t>
   </si>
   <si>
     <t>07/03/2023
 R$ 17.488,76</t>
   </si>
   <si>
-    <t>003/2023/</t>
+    <t>003/2023</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Contratação de pessoa jurídica para prestação de...</t>
   </si>
   <si>
     <t>METTA SOFTWARES LTDA
 49.171.207/0001-18</t>
   </si>
   <si>
     <t>06/03/2023
 R$ 55.000,00</t>
   </si>
   <si>
     <t>06/03/2023 a 31/12/2023</t>
   </si>
   <si>
-    <t>002/2023/</t>
+    <t>002/2023</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>06/03/2023
 R$ 50.000,00</t>
   </si>
   <si>
     <t>06032023 a 31/12/2023</t>
   </si>
   <si>
-    <t>006/2022/</t>
+    <t>006/2022</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Contratação de empresa para aquisição de equipame...</t>
   </si>
   <si>
     <t>M. DA S. OLIVEIRA COMÉRCIO
 10.543.979/0001-06</t>
   </si>
   <si>
     <t>22/07/2022
 R$ 17.500,00</t>
   </si>
   <si>
     <t>22/07/2022 a 31/12/2022</t>
   </si>
   <si>
-    <t>005/2022/</t>
+    <t>005/2022</t>
   </si>
   <si>
     <t>I DA S MESQUITA COMÉRCIO ME
 28.885.603/0001-37</t>
   </si>
   <si>
     <t>18/04/2022
 R$ 17.453,26</t>
   </si>
   <si>
     <t>18/04/2022 a 31/12/2022</t>
   </si>
   <si>
-    <t>004/2022/</t>
+    <t>004/2022</t>
   </si>
   <si>
     <t>18/04/2022
 R$ 17.488,76</t>
   </si>
   <si>
-    <t>003/2022/</t>
+    <t>003/2022</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Contratação de empresa para prestação de serviço...</t>
   </si>
   <si>
     <t>M DA S MESQUITA SERVIÇOS E TECNOLOGIA ME
 16.799.630/0001-08</t>
   </si>
   <si>
     <t>16/03/2022
 R$ 13.275,00</t>
   </si>
   <si>
     <t>16/03/2022 a 31/12/2022</t>
   </si>
   <si>
-    <t>002/2022/</t>
+    <t>002/2022</t>
   </si>
   <si>
     <t>17/01/2022
 R$ 15.750,00</t>
   </si>
   <si>
     <t>17/01/2022 a 31/07/2022</t>
   </si>
   <si>
-    <t>001/2022/</t>
+    <t>001/2022</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Contratação de empresa para Locação de Sistemas I...</t>
   </si>
   <si>
     <t>ADTR SERVIÇOS DE INFOMÁTICA LTDA
 17.422.433/0001-38</t>
   </si>
   <si>
     <t>07/01/2022
 R$ 14.400,00</t>
   </si>
   <si>
     <t>07/01/2022 a 31/12/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -757,271 +757,271 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="F8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="F9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>43</v>
       </c>
       <c r="F10" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="B11" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F13" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="1" t="s">